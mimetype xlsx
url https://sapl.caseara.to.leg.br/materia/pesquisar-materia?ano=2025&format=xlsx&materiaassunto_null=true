--- v0 (2026-01-27)
+++ v1 (2026-03-16)
@@ -54,966 +54,966 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>GILVAN DA SILVA, VENUZA FARIAS</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_n_001-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que, após ouvido o plenário seja encaminhada ao senhor prefeito a seguinte indicação: 1) Que determine a secretaria municipal de obras, a realizar construção/abertura de via para retorno, em frente à nova sede da escola municipal Aristeu Camargo, situada à Avenida Adeladio Vasconcelos, setor Bela Vista; 2) Construção de ondulações na Avenida Adeladio Vasconcelos, nas proximidades das escolas; 3) Construção de ponto de ônibus nas proximidades da escola e disponibilizar ônibus para o transporte dos alunos que residem nos setores mais distantes da referida escola; 4) Construção de ponto de ônibus em locais estratégicos nas linhas que trafegam os ônibus escolares na zona rural; 5) Contratação de monitores para atuarem nos ônibus escolares, durante o transporte dos alunos.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>FRANCISCO DE ASSIS</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_n_002-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao senhor prefeito a seguinte indicação:  1) Encascalhar às vias públicas do setor Junqueira o mais rápido possível e buscar parcerias para afastamento no período apropriado; 2) Recuperação asfáltica da Avenida Brasil, entre a avenida Tocantins e rua Araguaia, via de acesso ao Pronto Atendimento de nossa cidade.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>VENUZA FARIAS</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_n_003-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_n_003-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada à senhora secretária municipal de assistência social, a seguinte indicação: Que seja implantado em nossa cidade o Projeto Costurando Sonhos.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>MARCO ANTÔNIO, RAILSON MARTINS</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n_004-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal e a senhora secretária municipal de saúde, a seguinte indicação: 1) que faça funcionar o gerador de energia do pronto atendimento; 2) instalar a sala de repouso dos médicos; 3) adquirir ou consertar aparelho de ultrassom; e 4) rever os salários dos seguintes profissionais: (fisioterapeuta, assistente social e médico PSF).</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>DIVINO FRANCISCO</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n_005-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n_005-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal e a senhora secretária municipal de saúde, a seguinte indicação: Contratação de guardas/seguranças para atuarem nos períodos diurnos e noturnos, no Pronto Atendimento/Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>GILVAN DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n_006-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n_006-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal a seguinte indicação: Que Poder Executivo estude a viabilidade, para que, havendo a possibilidade, possa adquirir câmeras e equipamentos de monitoramentos, para serem instaladas nas vias públicas em pontos estratégicos, preferencialmente nas proximidades das escolas, de prédios públicos e nas entradas e saídas da cidade.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n_007-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal a seguinte indicação: Que seja instalada o Centro de Atendimento ao Turista (CAT), na nossa cidade, mais precisamente na praça municipal Wanda Ribeiro.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>ANDRESIO COELHO</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_n_008-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_n_008-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal a seguinte indicação: Que o senhor prefeito municipal estude a possibilidade, para instalar/disponibilizar banheiros químicos, no Estádio Municipal Luiz Pereira, enquanto durar o campeonato municipal/ 2025.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>SUAIR MARIANO</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n_009-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n_009-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal a seguinte indicação: Que proceda a construção de um Centro de Convenções.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n_010-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n_010-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal a seguinte indicação: Que a quadra poliesportiva da Escola Municipal Aristeu Camargo, seja denominada de Professora Rossana Rosendo Martins.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_011-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_011-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal a seguinte indicação: "Que estude a possibilidade para aquisição ou permuta dos lotes de terreno urbano de n°s 01, 02, 03, 04 e 05, da quadra 96, setor planalto, situados na Avenida Amélia Rodrigues, Rua Araguaçui e Rua Pará,  respectivamente, com o objetivo de construir uma praça, com a estrutura para instalação de um pit-dog."</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>MARCO ANTÔNIO</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_012-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_012-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada aos senhores prefeito municipal e secretário municipal de educação a seguinte indicação: "Que proceda a aquisição de um fanfarra escolar, destinada a secretaria municipal de educação."</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>RAILSON MARTINS</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_n_013-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_n_013-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal a seguinte indicação: "Viabilizar cursos de capacitação profissional de cuidadores de crianças, cuidadores de idosos e cuidadores de pessoa com deficiência."</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_n_014-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_n_014-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal e a senhora secretária municipal de saúde a seguinte indicação: "Que proceda a instalação de limitador de velocidade no veículo VAN I/M BENZ 517 SPRINTER A$, Placa SDF2B92, Ano 2023, de uso da secretaria municipal de saúde."</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_n_015-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal a seguinte indicação: "Buscar apoio / parceria, para a construção do Portal de Entrada da Cidade."</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_n_016-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_n_016-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal e ao senhor secretário municipal de educação a seguinte indicação: "Que tome as devidas providências, para que seja feita aquisição de um veículo, destinado à Secretária Municipal de Educação."</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_n_017-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_n_017-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal e ao senhor secretário municipal de educação a seguinte indicação: "Que implante horta comunitária escolar, em todas as unidades de ensino da rede municipal."</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>DOMINGOS MARTINS</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_n_018-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_n_018-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal e ao senhor secretário municipal de esportes a seguinte indicação: "Que faça aquisições de mesas de tênis, para que seja implementada mais uma modalidade de esporte em nossa cidade."</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_n_019-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_n_019-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal a seguinte indicação: "Que estude a possibilidade para aquisição de academia ao ar-livre, a ser instalada no início da ciclovia da nossa cidade."</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_n_020-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_n_020-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal a seguinte indicação: "Que tome as devidas providências, no sentido de criar a Casa de Acolhimento para Mulheres Vítimas de Violência."</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>ANDRESIO COELHO, DIVINO FRANCISCO, FRANCISCO DE ASSIS, MARCO ANTÔNIO</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_021-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_021-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que, após ouvido o plenário seja encaminhada ao senhor prefeito municipal e ao secretário municipal de educação e cultura a seguinte indicação: "Proposta de criação do Centro Histórico e Cultural de Caseara."</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>MARCOS CARVALHO LIMA</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/26/proj_comp_001-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/26/proj_comp_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o quadro geral dos servidores efetivos do município de Caseara, fundo municipal de assistência social, fundo municipal de educação e cultura, fundo municipal de saúde e fundo municipal de meio ambiente, e dá outras providências.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/</t>
+    <t>http://sapl.caseara.to.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização da estrutura administrativa dos cargos comissionados do município de Caseara, fundo municipal de assistência social, fundo municipal de educação e cultura, fundo municipal de saúde e fundo municipal de meio ambiente, e dá outras providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_complementar_n_003-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_complementar_n_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público do município de Caseara, nos termos do art. 37, IX, da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_complementar_n_004-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_complementar_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do piso salarial dos professores da rede pública de educação do município de Caseara, e dá outras providências.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/27/proj_comp_005-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/27/proj_comp_005-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização da estrutura administrativa nos cargos comissionados do município de Caseara e dá outras providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/32/proj_lei_comp_006_2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/32/proj_lei_comp_006_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de excepcional interesse público do município de Caseara, nos termos do art. 37, IX, da constituição federal e dá outras providências.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>PL-E</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/81/projeto_de_lei_n_001-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/81/projeto_de_lei_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Meio Ambiente e Turismo e adota outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/28/proj_lei_002_2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/28/proj_lei_002_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Desempenho da Saúde Bucal na atenção primária à saúde - APS no âmbito do município de Caseara - TO, nos  termos da portaria GM/MS n° 960, de 17 de julho de 2023, do Ministério da Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/29/proj_lei_003_2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/29/proj_lei_003_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão, o pagamento, o valor e a prestação de contas das diárias de viagens aos servidores públicos, agentes públicos e políticos do município de Caseara e dá outras providências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/30/proj_lei_004_2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/30/proj_lei_004_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da LDO (Lei de Diretrizes Orçamentárias) e LOA (Lei Orçamentária Anual), abertura de uma nova ação no valor de R$ 350.000,00 ao orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_n_15.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_n_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Desenvolvimento Rural Sustentável - CMDRS de Caseara/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_n_16-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_n_16-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação da vigência do Plano Municipal de Educação, e dá outras providências.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_n_17.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_n_17.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial ao orçamento do município de Caseara para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_resolucao_001-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_resolucao_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da constituição federal e dá outras providências.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_resolucao_002-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_resolucao_002-2025.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I, da resolução n° 001/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_resolucao_003-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_resolucao_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera o anexo único - tabela de diárias da resolução 002/2013, que dispõe sobre a concessão de diárias no âmbito da administração pública municipal e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/10/requerimento_n_001-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/10/requerimento_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhado ao senhor prefeito o seguinte requerimento:  Que o Poder Executivo juntamente com o Poder Legislativo, possam elaborar um plano de ação emergencial de capacitação de recurso para empreender obras de recuperação das ruas e avenidas de nossa cidade.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>ANDRESIO COELHO, DIVINO FRANCISCO, DOMINGOS MARTINS, FRANCISCO DE ASSIS, GILVAN DA SILVA, MARCO ANTÔNIO, RAILSON MARTINS, SUAIR MARIANO, VENUZA FARIAS</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_n_001-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal que encaminhe Projeto de Lei a este Poder Legislativo, concedendo reajuste salarial de (7,5 %) aos servidores públicos do quadro geral do poder executivo de Caseara, utilizando os mesmo parâmetros e percentual concedido pelo governo federal para reajuste do salário mínimo vigente no país.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_n_003-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_n_003-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, que encaminhe dentro do prazo legal os projetos de leis que versam sobre as contratações temporárias, LOA, LDO e PPA, conforme os prazos previstos na lei orgânica, regimento interno e ato de disposições transitórias (ADCT).</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_n_004-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte requerimento: Adesivagens dos veículos oficiais do município, com o nome da secretaria os quais estão lotados, bem como o número do telefone para denúncia.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_n_005-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_n_005-2025.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte requerimento: Para que faça a substituição das luminárias das vias públicas do setor baixada, por luminárias de LED, pois assim, acreditamos que ganharemos em qualidade e economia.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_n_007-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor Prefeito Municipal e secretário de agricultura, o seguinte requerimento: "Que implante o sistema de atendimento da patrulha agrícola de forma regionalizada, com o objetivo de agilizar o atendimento aos produtores, deixando o maquinário centralizado por região, facilitando assim, a logística."</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_n_008-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_n_008-2025.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor Prefeito Municipal o seguinte requerimento: "Que encaminhe projeto de lei a esta casa, que institui o programa de inseminação artificial de bovinos no município de Caseara, Estado do Tocantins."</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_n_009-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_n_009-2025.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor Prefeito Municipal o seguinte requerimento: "Que tome as devidas providências, para que sejam substituídas as luminárias normais, pelas as de leds, das vias públicas da agrovila do PA Araguaia."</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>GILVAN DA SILVA, SUAIR MARIANO</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_n_010-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_n_010-2025.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor Prefeito Municipal o seguinte requerimento: "Que envie a esta casa, projeto de lei com a correção salarial dos servidores públicos municipais, obedecendo o percentual do Governo Federal, concedido ao salário mínimo nacional, com a data base para cada ano."</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_n_011-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_n_011-2025.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor Prefeito Municipal e a secretária municipal de saúde, o seguinte requerimento: "Que envie a esta Casa, projeto de lei que versa sobre a criação do Plano de Cargos, Carreira e Remuneração, dos profissionais da área da saúde."</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_n_012-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_n_012-2025.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor Prefeito Municipal e a senhora secretária municipal de saúde, o seguinte requerimento: "Que estude a possibilidade de reajustar o valor das diárias de servidores da secretaria municipal de saúde."</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_n_13.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_n_13.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor Prefeito Municipal o seguinte requerimento: "Projeto de Lei que dispõe sobre a concessão de uma folga anual às servidoras públicas municipais para realização de exames de prevenção ao câncer de mama e do colo do útero."</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_n_14.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_n_14.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor secretário municipal de meio ambiente, o seguinte requerimento: "Que solicite autorização do NATURATINS, para remoção de troncos expostos, do leito do Rio do Coco, mais precisamente na Praia do Sol."</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_n_15.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_n_15.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja encaminhado ao senhor Prefeito Municipal e a secretaria competente, o seguinte requerimento: "Projeto de Lei dispondo sobre a instituição de um Programa de Recuperação Fiscal (REFIS)."</t>
   </si>
   <si>
     <t>PV</t>
   </si>
   <si>
     <t>Pedido de providência</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/11/pedido_de_providencias_n_001-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/11/pedido_de_providencias_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhado ao senhor prefeito o seguinte pedido de providência: Que determine a secretaria municipal de infraestrutura e obras, proceder pintura das ondulações (quebra-molas) de nossa cidade, principalmente da Avenida Tocantins, que é a via de acesso de saída e de entrada do município e do Estado.</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/19/pedido_de_providencias_002-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/19/pedido_de_providencias_002-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal, o seguinte pedido de  providências: Que proceda a manutenção do parquinho da praça Wanda Ribeiro (trocar os brinquedos com defeitos e a areia).</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/20/pedido_de_providencias_003-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/20/pedido_de_providencias_003-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal, o seguinte pedido de  providências: Que determine a secretaria municipal de obras e infraestrutura, a instalar portões nos acessos de entrada e saída do Estádio Municipal Luiz Pereira.</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/21/pedido_de_providencias_004-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/21/pedido_de_providencias_004-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal, o seguinte pedido de  providências: Que celebre convênios para que seja feita a pavimentação asfáltica das vias públicas dos setores, prof. Agostinho e Junqueira.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/22/pedido_de_providencias_005-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/22/pedido_de_providencias_005-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal, o seguinte pedido de  providências: Que determine a secretaria municipal de infraestrutura e obras, proceder a restauração do muro do Estádio Municipal Luiz Pereira.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/23/pedido_de_providencias_006-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/23/pedido_de_providencias_006-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal, o seguinte pedido de  providências: Serviços e obras a serem realizados no setor professor Agostinho. 1) Patrolamento e limpeza das vias públicas; e 2) Interceder junto a ATS e Energisa, para que sejam instaladas as redes de água e de energia, o mais breve possível.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/24/pedido_de_providencias_007-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/24/pedido_de_providencias_007-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal e ao senhor secretário municipal de educação, o seguinte pedido de  providências: Serviços e obras a serem realizados na Escola Municipal Branca de Neve. 1) Reforma da escola; 2) Construção da cobertura do pátio e do parquinho; e 3) Fazer a adaptação na área do parquinho, trocar a areia por piso com revestimento emborrachado.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/25/pedido_de_providencias_008-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/25/pedido_de_providencias_008-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao prefeito municipal, o seguinte pedido de  providências: Construção de uma ondulação (quebra-molas),na Avenida Barra do Coco, no Setor Bela Vista, mais precisamente, atrás do Posto 4 Rodas.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/59/pedido_de_providencias_n_009-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/59/pedido_de_providencias_n_009-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte pedido de providências: "Que implante o Sistema Municipal de Emprego de Caseara - SIMEC."</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/60/pedido_de_providencias_n_010-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/60/pedido_de_providencias_n_010-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte pedido de providências: "Que determine a Secretaria Municipal de Obras, a proceder a retirada do canteiro central da Avenida Brasil, entre a Avenida Campo Alegre e Rua dos Aviadores."</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/61/pedido_de_providencias_n_011-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/61/pedido_de_providencias_n_011-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte pedido de providências: "Que determine a Secretaria Municipal de Obras, a realizar obras de expansão da Rua 3, do Setor Professor Augustinho, até a Avenida Tocantins (TO-080), no Setor Rodoviário."</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/62/pedido_de_providencias_n_012-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/62/pedido_de_providencias_n_012-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte pedido de providências: "Que proceda a construção de ondulações nas vias públicas do Setor Junqueira, bem como, molhar pelo menos duas vezes por semana, nesse período de estiagem."</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/63/pedido_de_providencias_n_013-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/63/pedido_de_providencias_n_013-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte pedido de providências: "Que proceda reconstrução da ponte sobre o córrego bacaba, no projeto de assentamento buritirana."</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/64/pedido_de_providencias_n_014-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/64/pedido_de_providencias_n_014-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte pedido de providências: "Que proceda a construção de ondulações (quebra-molas) em diversos pontos, na estrada Praia do Sol."</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/65/pedido_de_providencias_n_015-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/65/pedido_de_providencias_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte pedido de providências: "Que proceda a construção de ondulação (quebra-molas) na Rua dos Aviadores, entre às avenidas Caiapó e Barão do Rio Branco, no centro, em frente da residência do senhor Peninha."</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/66/pedido_de_providencias_n_016-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/66/pedido_de_providencias_n_016-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte pedido de providências: "Que proceda a construção da ponte sobre o extravasor (ladrão) da represa no Projeto de Assentamento 1º de Maio."</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/67/pedido_de_providencias_n_017-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/67/pedido_de_providencias_n_017-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal, o seguinte pedido de providências: "Que proceda a construção ou adaptação de uma sala, para a instalação do aparelho de ultrassonografia, no Pronto Atendimento / Unidade Básica."</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/68/pedido_de_providencias_n_018-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/68/pedido_de_providencias_n_018-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao Secretario Municipal de Educação, o seguinte pedido de providências: "Que proceda a construção do muro da Escola Municipal Adelina Costa Lima, na Agrovila do PA Araguaia."</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>ANDRESIO COELHO, DIVINO FRANCISCO, FRANCISCO DE ASSIS, GILVAN DA SILVA, MARCO ANTÔNIO</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/69/pedido_de_providencias_n_019-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/69/pedido_de_providencias_n_019-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e a senhora Secretária Municipal de Saúde, o seguinte pedido de providências: "Que tomem as devidas providências, no sentido de reaver a camionete cabine dupla FORD RANGER XLSCD4A22C, Placa RIN7E69."</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/70/pedido_de_providencias_n_020-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/70/pedido_de_providencias_n_020-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Que proceda construção de 02 (duas) ondulações. Uma na Rua Araguaia - Centro em frente à residência da senhora Dalila, e outra na Avenida Amélia Rodrigues - Setor Planalto, de frente à residência do Valdeci."</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/71/pedido_de_providencias_n_021-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/71/pedido_de_providencias_n_021-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Que proceda construção de 02 (duas) lombadas. Uma na Avenida Tocantins - Centro, entre às Avenidas Barão do Rio Branco e Caiapó, e outra na Avenida Amélia Rodrigues - Setor Planalto, de frente à residência da Geany."</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/72/pedido_de_providencias_n_022-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/72/pedido_de_providencias_n_022-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Que proceda a instalação de luminárias na Avenida Adeládio Vasconcelos, nas proximidades da Escola Municipal Aristeu Camargo, até a ciclovia."</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/73/pedido_de_providencias_n_023-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/73/pedido_de_providencias_n_023-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Que proceda construção de uma lombada na Avenida Barra do Coco, entre as Ruas Pará e Paraíso, no setor Bela Vista."</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>MARCO ANTÔNIO, SUAIR MARIANO</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/74/pedido_de_providencias_n_024-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/74/pedido_de_providencias_n_024-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Que proceda a reforma do prédio do Terminal Rodoviário - José Francisco da Guarda - GIL."</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/75/pedido_de_providencias_n_025-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/75/pedido_de_providencias_n_025-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Que proceda a reforma da Praça Municipal Wanda Ribeiro, bem como ampliar a parte paisagística."</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/76/pedido_de_providencias_n_026-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/76/pedido_de_providencias_n_026-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Que tome as devidas providências, no sentido de firmar parcerias, com o objetivo de reformar o ginásio de esportes Lauri da Costa Nogueira."</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/77/pedido_de_providencias_n_027-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/77/pedido_de_providencias_n_027-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Que proceda o calçamento da área do Terminal Rodoviário José Francisco da Guarda - Gil."</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/93/pedido_de_providencias_n_28.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/93/pedido_de_providencias_n_28.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Que proceda a reforma do prédio do Centro de Abastecimento Gilberto Gonçalves de Souza - Feira Coberta."</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/94/pedido_de_providencias_n_29.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/94/pedido_de_providencias_n_29.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Que proceda a instalação de lixeiras, na Avenida Rio Prata, entre a Avenida Adeladio Vasconcelos e Rua do Casé."</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/95/pedido_de_providencias_n_30.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/95/pedido_de_providencias_n_30.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Construção de uma lombada, na Avenida Perimetral, Setor Belenzinho, entre as Avenidas Caiapó e Barão do Rio Branco."</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/96/pedido_de_providencias_n_31.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/96/pedido_de_providencias_n_31.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Realizar obras de revitalização do cemitério São João Batista, tais como: reformar a casinha da entrada; aumentar a altura dos muros; reformar o portão; e podar arvores."</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/97/pedido_de_providencias_n_32.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/97/pedido_de_providencias_n_32.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja encaminhado ao senhor Prefeito Municipal e ao senhor Secretário Municipal de Infraestrutura, o seguinte pedido de providências: "Proceder a restauração da grade guard rail, de proteção da ciclovia à margem da rodovia TO - 080, no perímetro urbano."</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>PDC</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/41/parecer_conjunto_001-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/41/parecer_conjunto_001-2025.pdf</t>
   </si>
   <si>
     <t>Matérias: Projetos de Resoluções de n°s: 001 - "Dispõe sobre a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público nos termos do inciso IX do art. 37, da Constituição Federal e dá outras providências; e 002/2025 - "Altera o Anexo I, da Resolução n° 001/2024 e dá outras providências".</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/42/parecer_conjunto_002-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/42/parecer_conjunto_002-2025.pdf</t>
   </si>
   <si>
     <t>Matérias: Projeto de Resolução de n°: 003/2025 - "Altera o anexo único - tabela de diárias da Resolução n° 002/2013, que dispõe sobre concessão de diárias no âmbito da administração pública municipal e dá outras providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>CAMTIC - Comissão de Agricultura, Meio Ambiente, Turismo, Indústria e Comércio</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_de_comissao.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_de_comissao.pdf</t>
   </si>
   <si>
     <t>Matérias: Projeto de Lei n°: 001 de 06 de março de 2025 - "Cria o Conselho Municipal de Meio Ambiente e Turismo e adota outras providências.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição, Legislação, Justiça e Redação Final, CFOTFC - Comissão de Finanças, Orçamento, Tributação, Fiscalização e Controle</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_n_004-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Matérias: Projeto de Lei Complementar de n°: 004 de 18/03/25 - "Dispõe sobre o reajuste do piso salarial dos professores da rede pública municipal de educação do município e dá outras providências.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>CAMTIC - Comissão de Agricultura, Meio Ambiente, Turismo, Indústria e Comércio, CCJ - Comissão de Constituição, Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_n_10-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_n_10-2025.pdf</t>
   </si>
   <si>
     <t>Matérias: Projeto de Lei de n°: 015/2025 - "Dispõe sobre a reestruturação do Conselho Municipal de Desenvolvimento Rural Sustentável - CMDRS de Caseara - TO e dá outras providências.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição, Legislação, Justiça e Redação Final, CECSDA - Comissão de Educação, Ciência, Comunicação, Cultura, Saúde, Desporto e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/87/parecer_n_11-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/87/parecer_n_11-2025.pdf</t>
   </si>
   <si>
     <t>Matérias: Projeto de Lei de n°: 016/2025 - "Dispõe sobre a prorrogação da vigência do Plano Municipal de Educação, e dá outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição, Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/88/parecer_n_12-2025.pdf</t>
+    <t>http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/88/parecer_n_12-2025.pdf</t>
   </si>
   <si>
     <t>Matérias: Projeto de Lei de n°: 017/2025 - "Dispõe sobre a abertura de crédito especial ao orçamento do município de Caseara para o exercício de 2025, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1320,68 +1320,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/26/proj_comp_001-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_complementar_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_complementar_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/27/proj_comp_005-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/32/proj_lei_comp_006_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/81/projeto_de_lei_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/28/proj_lei_002_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/29/proj_lei_003_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/30/proj_lei_004_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_n_15.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_n_17.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_resolucao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_resolucao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/10/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_n_13.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_n_14.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_n_15.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/11/pedido_de_providencias_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/19/pedido_de_providencias_002-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/20/pedido_de_providencias_003-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/21/pedido_de_providencias_004-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/22/pedido_de_providencias_005-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/23/pedido_de_providencias_006-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/24/pedido_de_providencias_007-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/25/pedido_de_providencias_008-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/59/pedido_de_providencias_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/60/pedido_de_providencias_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/61/pedido_de_providencias_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/62/pedido_de_providencias_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/63/pedido_de_providencias_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/64/pedido_de_providencias_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/65/pedido_de_providencias_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/66/pedido_de_providencias_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/67/pedido_de_providencias_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/68/pedido_de_providencias_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/69/pedido_de_providencias_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/70/pedido_de_providencias_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/71/pedido_de_providencias_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/72/pedido_de_providencias_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/73/pedido_de_providencias_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/74/pedido_de_providencias_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/75/pedido_de_providencias_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/76/pedido_de_providencias_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/77/pedido_de_providencias_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/93/pedido_de_providencias_n_28.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/94/pedido_de_providencias_n_29.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/95/pedido_de_providencias_n_30.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/96/pedido_de_providencias_n_31.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/97/pedido_de_providencias_n_32.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/41/parecer_conjunto_001-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/42/parecer_conjunto_002-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/87/parecer_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/88/parecer_n_12-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/26/proj_comp_001-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/83/projeto_de_lei_complementar_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/82/projeto_de_lei_complementar_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/27/proj_comp_005-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/32/proj_lei_comp_006_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/81/projeto_de_lei_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/28/proj_lei_002_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/29/proj_lei_003_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/30/proj_lei_004_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_n_15.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/78/projeto_de_lei_n_17.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_resolucao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_resolucao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/10/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_n_13.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_n_14.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_n_15.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/11/pedido_de_providencias_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/19/pedido_de_providencias_002-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/20/pedido_de_providencias_003-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/21/pedido_de_providencias_004-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/22/pedido_de_providencias_005-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/23/pedido_de_providencias_006-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/24/pedido_de_providencias_007-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/25/pedido_de_providencias_008-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/59/pedido_de_providencias_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/60/pedido_de_providencias_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/61/pedido_de_providencias_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/62/pedido_de_providencias_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/63/pedido_de_providencias_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/64/pedido_de_providencias_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/65/pedido_de_providencias_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/66/pedido_de_providencias_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/67/pedido_de_providencias_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/68/pedido_de_providencias_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/69/pedido_de_providencias_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/70/pedido_de_providencias_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/71/pedido_de_providencias_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/72/pedido_de_providencias_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/73/pedido_de_providencias_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/74/pedido_de_providencias_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/75/pedido_de_providencias_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/76/pedido_de_providencias_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/77/pedido_de_providencias_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/93/pedido_de_providencias_n_28.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/94/pedido_de_providencias_n_29.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/95/pedido_de_providencias_n_30.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/96/pedido_de_providencias_n_31.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/97/pedido_de_providencias_n_32.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/41/parecer_conjunto_001-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/42/parecer_conjunto_002-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/87/parecer_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caseara.to.leg.br/media/sapl/public/materialegislativa/2025/88/parecer_n_12-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="155.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>